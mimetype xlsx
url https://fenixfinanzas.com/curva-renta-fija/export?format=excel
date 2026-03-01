--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -10,140 +10,206 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="carry_trade" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="52">
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Vto</t>
   </si>
   <si>
     <t>Dias al vto</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Pr finish</t>
   </si>
   <si>
     <t>Retorno total (%)</t>
   </si>
   <si>
+    <t>TNA (%)</t>
+  </si>
+  <si>
+    <t>TEM (%)</t>
+  </si>
+  <si>
+    <t>TEA (%)</t>
+  </si>
+  <si>
     <t>Max var posible (%)</t>
   </si>
   <si>
     <t>Spread vs TC</t>
   </si>
   <si>
     <t>Breakeven USD</t>
   </si>
   <si>
     <t>Carry 1350 (%)</t>
   </si>
   <si>
     <t>Carry 1400 (%)</t>
   </si>
   <si>
     <t>Carry 1450 (%)</t>
   </si>
   <si>
     <t>Carry 1500 (%)</t>
   </si>
   <si>
     <t>Carry 1550 (%)</t>
   </si>
   <si>
     <t>Carry 1600 (%)</t>
   </si>
   <si>
-    <t>T30E6</t>
-[...4 lines deleted...]
-  <si>
     <t>TTM26</t>
   </si>
   <si>
+    <t>S16M6</t>
+  </si>
+  <si>
+    <t>S17A6</t>
+  </si>
+  <si>
+    <t>S30A6</t>
+  </si>
+  <si>
+    <t>S29Y6</t>
+  </si>
+  <si>
+    <t>T30J6</t>
+  </si>
+  <si>
     <t>TTJ26</t>
   </si>
   <si>
-    <t>T30J6</t>
+    <t>S31L6</t>
+  </si>
+  <si>
+    <t>S31G6</t>
   </si>
   <si>
     <t>TTS26</t>
   </si>
   <si>
+    <t>S30O6</t>
+  </si>
+  <si>
+    <t>S30N6</t>
+  </si>
+  <si>
     <t>TTD26</t>
   </si>
   <si>
     <t>T15E7</t>
   </si>
   <si>
-    <t>30/01/2026</t>
-[...2 lines deleted...]
-    <t>13/02/2026</t>
+    <t>T30A7</t>
+  </si>
+  <si>
+    <t>T31Y7</t>
+  </si>
+  <si>
+    <t>T30J7</t>
+  </si>
+  <si>
+    <t>TY30P</t>
   </si>
   <si>
     <t>16/03/2026</t>
   </si>
   <si>
+    <t>17/04/2026</t>
+  </si>
+  <si>
+    <t>30/04/2026</t>
+  </si>
+  <si>
+    <t>29/05/2026</t>
+  </si>
+  <si>
     <t>30/06/2026</t>
   </si>
   <si>
+    <t>31/07/2026</t>
+  </si>
+  <si>
+    <t>31/08/2026</t>
+  </si>
+  <si>
     <t>15/09/2026</t>
   </si>
   <si>
+    <t>30/10/2026</t>
+  </si>
+  <si>
+    <t>30/11/2026</t>
+  </si>
+  <si>
     <t>15/12/2026</t>
   </si>
   <si>
     <t>15/01/2027</t>
+  </si>
+  <si>
+    <t>30/04/2027</t>
+  </si>
+  <si>
+    <t>31/05/2027</t>
+  </si>
+  <si>
+    <t>30/07/2027</t>
+  </si>
+  <si>
+    <t>30/05/2030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -461,477 +527,1118 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O9"/>
+  <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
-    </row>
-    <row r="2" spans="1:15">
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C2">
         <v>15</v>
       </c>
       <c r="D2">
-        <v>140</v>
+        <v>149.6</v>
       </c>
       <c r="E2">
-        <v>142.23</v>
+        <v>135.24</v>
       </c>
       <c r="F2">
-        <v>1.592857142857129</v>
+        <v>-9.598930481283407</v>
       </c>
       <c r="G2">
-        <v>1.592857142857129</v>
+        <v>-230.3743315508018</v>
       </c>
       <c r="H2">
-        <v>23.15217857142829</v>
+        <v>-18.27646629872169</v>
       </c>
       <c r="I2">
-        <v>1476.652178571428</v>
+        <v>-91.12505550576253</v>
       </c>
       <c r="J2">
-        <v>9.381642857142847</v>
+        <v>-9.598930481283407</v>
       </c>
       <c r="K2">
-        <v>5.475155612244897</v>
+        <v>-134.4810160427805</v>
       </c>
       <c r="L2">
-        <v>1.838081280788151</v>
+        <v>1266.518983957219</v>
       </c>
       <c r="M2">
-        <v>-1.556521428571445</v>
+        <v>-6.183778966131904</v>
       </c>
       <c r="N2">
-        <v>-4.73211751152075</v>
+        <v>-9.53435828877004</v>
       </c>
       <c r="O2">
-        <v>-7.709238839285726</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:15">
+        <v>-12.65386317536418</v>
+      </c>
+      <c r="P2">
+        <v>-15.5654010695187</v>
+      </c>
+      <c r="Q2">
+        <v>-18.28909780921164</v>
+      </c>
+      <c r="R2">
+        <v>-20.84256350267378</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>103.48</v>
+      </c>
+      <c r="E3">
+        <v>104.62</v>
+      </c>
+      <c r="F3">
+        <v>1.101662156938543</v>
+      </c>
+      <c r="G3">
+        <v>26.43989176652504</v>
+      </c>
+      <c r="H3">
+        <v>2.21546090895739</v>
+      </c>
+      <c r="I3">
+        <v>30.07657571246969</v>
+      </c>
+      <c r="J3">
+        <v>1.101662156938543</v>
+      </c>
+      <c r="K3">
+        <v>15.4342868187091</v>
+      </c>
+      <c r="L3">
+        <v>1416.434286818709</v>
+      </c>
+      <c r="M3">
+        <v>4.92105828286733</v>
+      </c>
+      <c r="N3">
+        <v>1.173877629907771</v>
+      </c>
+      <c r="O3">
+        <v>-2.31487677112352</v>
+      </c>
+      <c r="P3">
+        <v>-5.571047545419394</v>
+      </c>
+      <c r="Q3">
+        <v>-8.617142785889742</v>
+      </c>
+      <c r="R3">
+        <v>-11.47285707383069</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4">
+        <v>47</v>
+      </c>
+      <c r="D4">
+        <v>105.98</v>
+      </c>
+      <c r="E4">
+        <v>110.13</v>
+      </c>
+      <c r="F4">
+        <v>3.915833176070938</v>
+      </c>
+      <c r="G4">
+        <v>29.99361581671356</v>
+      </c>
+      <c r="H4">
+        <v>2.482074713662707</v>
+      </c>
+      <c r="I4">
+        <v>34.20691938355325</v>
+      </c>
+      <c r="J4">
+        <v>3.915833176070938</v>
+      </c>
+      <c r="K4">
+        <v>54.86082279675384</v>
+      </c>
+      <c r="L4">
+        <v>1455.860822796754</v>
+      </c>
+      <c r="M4">
+        <v>7.84154242938917</v>
+      </c>
+      <c r="N4">
+        <v>3.990058771196692</v>
+      </c>
+      <c r="O4">
+        <v>0.404194675638192</v>
+      </c>
+      <c r="P4">
+        <v>-2.942611813549734</v>
+      </c>
+      <c r="Q4">
+        <v>-6.073495303435228</v>
+      </c>
+      <c r="R4">
+        <v>-9.008698575202889</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5">
+        <v>60</v>
+      </c>
+      <c r="D5">
+        <v>121.569</v>
+      </c>
+      <c r="E5">
+        <v>127.49</v>
+      </c>
+      <c r="F5">
+        <v>4.87048507431993</v>
+      </c>
+      <c r="G5">
+        <v>29.22291044591958</v>
+      </c>
+      <c r="H5">
+        <v>2.406291346928446</v>
+      </c>
+      <c r="I5">
+        <v>33.02083232341049</v>
+      </c>
+      <c r="J5">
+        <v>4.87048507431993</v>
+      </c>
+      <c r="K5">
+        <v>68.23549589122217</v>
+      </c>
+      <c r="L5">
+        <v>1469.235495891222</v>
+      </c>
+      <c r="M5">
+        <v>8.832258954905337</v>
+      </c>
+      <c r="N5">
+        <v>4.945392563658735</v>
+      </c>
+      <c r="O5">
+        <v>1.326585923532564</v>
+      </c>
+      <c r="P5">
+        <v>-2.050966940585175</v>
+      </c>
+      <c r="Q5">
+        <v>-5.210613168308242</v>
+      </c>
+      <c r="R5">
+        <v>-8.172781506798611</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6">
+        <v>89</v>
+      </c>
+      <c r="D6">
+        <v>122.929</v>
+      </c>
+      <c r="E6">
+        <v>132.04</v>
+      </c>
+      <c r="F6">
+        <v>7.411595311114527</v>
+      </c>
+      <c r="G6">
+        <v>29.97948665169921</v>
+      </c>
+      <c r="H6">
+        <v>2.439319657866434</v>
+      </c>
+      <c r="I6">
+        <v>33.53657273322672</v>
+      </c>
+      <c r="J6">
+        <v>7.411595311114527</v>
+      </c>
+      <c r="K6">
+        <v>103.8364503087146</v>
+      </c>
+      <c r="L6">
+        <v>1504.836450308715</v>
+      </c>
+      <c r="M6">
+        <v>11.4693666895344</v>
+      </c>
+      <c r="N6">
+        <v>7.488317879193884</v>
+      </c>
+      <c r="O6">
+        <v>3.781824159221681</v>
+      </c>
+      <c r="P6">
+        <v>0.322430020580966</v>
+      </c>
+      <c r="Q6">
+        <v>-2.913777399437767</v>
+      </c>
+      <c r="R6">
+        <v>-5.947721855705346</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7">
+        <v>121</v>
+      </c>
+      <c r="D7">
+        <v>131.45</v>
+      </c>
+      <c r="E7">
+        <v>144.88</v>
+      </c>
+      <c r="F7">
+        <v>10.2168124762267</v>
+      </c>
+      <c r="G7">
+        <v>30.39712802844308</v>
+      </c>
+      <c r="H7">
+        <v>2.441203681682991</v>
+      </c>
+      <c r="I7">
+        <v>33.5660471422379</v>
+      </c>
+      <c r="J7">
+        <v>10.2168124762267</v>
+      </c>
+      <c r="K7">
+        <v>143.1375427919361</v>
+      </c>
+      <c r="L7">
+        <v>1544.137542791936</v>
+      </c>
+      <c r="M7">
+        <v>14.3805587253286</v>
+      </c>
+      <c r="N7">
+        <v>10.29553877085256</v>
+      </c>
+      <c r="O7">
+        <v>6.492244330478347</v>
+      </c>
+      <c r="P7">
+        <v>2.942502852795736</v>
+      </c>
+      <c r="Q7">
+        <v>-0.3782230456815361</v>
+      </c>
+      <c r="R7">
+        <v>-3.491403575503993</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18">
+      <c r="A8" t="s">
         <v>24</v>
       </c>
-      <c r="C3">
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8">
+        <v>121</v>
+      </c>
+      <c r="D8">
+        <v>148.25</v>
+      </c>
+      <c r="E8">
+        <v>146.08</v>
+      </c>
+      <c r="F8">
+        <v>-1.463743676222584</v>
+      </c>
+      <c r="G8">
+        <v>-4.354939863141573</v>
+      </c>
+      <c r="H8">
+        <v>-0.364926429000112</v>
+      </c>
+      <c r="I8">
+        <v>-4.292284513333266</v>
+      </c>
+      <c r="J8">
+        <v>-1.463743676222595</v>
+      </c>
+      <c r="K8">
+        <v>-20.50704890387851</v>
+      </c>
+      <c r="L8">
+        <v>1380.492951096121</v>
+      </c>
+      <c r="M8">
+        <v>2.258737118231213</v>
+      </c>
+      <c r="N8">
+        <v>-1.393360635991314</v>
+      </c>
+      <c r="O8">
+        <v>-4.793589579577828</v>
+      </c>
+      <c r="P8">
+        <v>-7.967136593591883</v>
+      </c>
+      <c r="Q8">
+        <v>-10.9359386389599</v>
+      </c>
+      <c r="R8">
+        <v>-13.7191905564924</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18">
+      <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9">
+        <v>152</v>
+      </c>
+      <c r="D9">
+        <v>104.17</v>
+      </c>
+      <c r="E9">
+        <v>117.68</v>
+      </c>
+      <c r="F9">
+        <v>12.96918498608044</v>
+      </c>
+      <c r="G9">
+        <v>30.7164907565063</v>
+      </c>
+      <c r="H9">
+        <v>2.436004538307301</v>
+      </c>
+      <c r="I9">
+        <v>33.48472417509434</v>
+      </c>
+      <c r="J9">
+        <v>12.96918498608044</v>
+      </c>
+      <c r="K9">
+        <v>181.6982816549869</v>
+      </c>
+      <c r="L9">
+        <v>1582.698281654987</v>
+      </c>
+      <c r="M9">
+        <v>17.23690975222125</v>
+      </c>
+      <c r="N9">
+        <v>13.0498772610705</v>
+      </c>
+      <c r="O9">
+        <v>9.151605631378402</v>
+      </c>
+      <c r="P9">
+        <v>5.513218776999129</v>
+      </c>
+      <c r="Q9">
+        <v>2.109566558386256</v>
+      </c>
+      <c r="R9">
+        <v>-1.081357396563321</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10">
+        <v>183</v>
+      </c>
+      <c r="D10">
+        <v>110.3</v>
+      </c>
+      <c r="E10">
+        <v>127.06</v>
+      </c>
+      <c r="F10">
+        <v>15.19492293744333</v>
+      </c>
+      <c r="G10">
+        <v>29.89165168021639</v>
+      </c>
+      <c r="H10">
+        <v>2.34603896808705</v>
+      </c>
+      <c r="I10">
+        <v>32.08468636472799</v>
+      </c>
+      <c r="J10">
+        <v>15.19492293744333</v>
+      </c>
+      <c r="K10">
+        <v>212.880870353581</v>
+      </c>
+      <c r="L10">
+        <v>1613.880870353581</v>
+      </c>
+      <c r="M10">
+        <v>19.5467311373023</v>
+      </c>
+      <c r="N10">
+        <v>15.27720502525578</v>
+      </c>
+      <c r="O10">
+        <v>11.30212898990215</v>
+      </c>
+      <c r="P10">
+        <v>7.592058023572079</v>
+      </c>
+      <c r="Q10">
+        <v>4.121346474424592</v>
+      </c>
+      <c r="R10">
+        <v>0.8675543970988242</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11">
+        <v>198</v>
+      </c>
+      <c r="D11">
+        <v>145.9</v>
+      </c>
+      <c r="E11">
+        <v>154.44</v>
+      </c>
+      <c r="F11">
+        <v>5.853324194653875</v>
+      </c>
+      <c r="G11">
+        <v>10.64240762664341</v>
+      </c>
+      <c r="H11">
+        <v>0.8656069557261947</v>
+      </c>
+      <c r="I11">
+        <v>10.89635573762873</v>
+      </c>
+      <c r="J11">
+        <v>5.853324194653875</v>
+      </c>
+      <c r="K11">
+        <v>82.00507196710078</v>
+      </c>
+      <c r="L11">
+        <v>1483.005071967101</v>
+      </c>
+      <c r="M11">
+        <v>9.852227553118563</v>
+      </c>
+      <c r="N11">
+        <v>5.928933711935769</v>
+      </c>
+      <c r="O11">
+        <v>2.276211859800048</v>
+      </c>
+      <c r="P11">
+        <v>-1.132995202193277</v>
+      </c>
+      <c r="Q11">
+        <v>-4.322253421477362</v>
+      </c>
+      <c r="R11">
+        <v>-7.312183002056205</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12">
+        <v>243</v>
+      </c>
+      <c r="D12">
+        <v>112.356</v>
+      </c>
+      <c r="E12">
+        <v>135.28</v>
+      </c>
+      <c r="F12">
+        <v>20.40300473494963</v>
+      </c>
+      <c r="G12">
+        <v>30.22667368140685</v>
+      </c>
+      <c r="H12">
+        <v>2.318749877759951</v>
+      </c>
+      <c r="I12">
+        <v>31.66268394292793</v>
+      </c>
+      <c r="J12">
+        <v>20.40300473494963</v>
+      </c>
+      <c r="K12">
+        <v>285.8460963366442</v>
+      </c>
+      <c r="L12">
+        <v>1686.846096336644</v>
+      </c>
+      <c r="M12">
+        <v>24.95156269160326</v>
+      </c>
+      <c r="N12">
+        <v>20.48900688118886</v>
+      </c>
+      <c r="O12">
+        <v>16.33421354045821</v>
+      </c>
+      <c r="P12">
+        <v>12.45640642244297</v>
+      </c>
+      <c r="Q12">
+        <v>8.828780408815762</v>
+      </c>
+      <c r="R12">
+        <v>5.427881021040259</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18">
+      <c r="A13" t="s">
         <v>29</v>
       </c>
-      <c r="D3">
-[...237 lines deleted...]
-      <c r="E8">
+      <c r="B13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13">
+        <v>274</v>
+      </c>
+      <c r="D13">
+        <v>104.74</v>
+      </c>
+      <c r="E13">
+        <v>129.89</v>
+      </c>
+      <c r="F13">
+        <v>24.01183883902998</v>
+      </c>
+      <c r="G13">
+        <v>31.54840139434596</v>
+      </c>
+      <c r="H13">
+        <v>2.384258964201558</v>
+      </c>
+      <c r="I13">
+        <v>32.67781038528674</v>
+      </c>
+      <c r="J13">
+        <v>24.01183883902998</v>
+      </c>
+      <c r="K13">
+        <v>336.4058621348099</v>
+      </c>
+      <c r="L13">
+        <v>1737.40586213481</v>
+      </c>
+      <c r="M13">
+        <v>28.69673052850443</v>
+      </c>
+      <c r="N13">
+        <v>24.10041872391499</v>
+      </c>
+      <c r="O13">
+        <v>19.82109394033171</v>
+      </c>
+      <c r="P13">
+        <v>15.82705747565401</v>
+      </c>
+      <c r="Q13">
+        <v>12.09070078289096</v>
+      </c>
+      <c r="R13">
+        <v>8.587866383425613</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
+      <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14">
+        <v>289</v>
+      </c>
+      <c r="D14">
+        <v>144</v>
+      </c>
+      <c r="E14">
         <v>165.1</v>
       </c>
-      <c r="F8">
-[...43 lines deleted...]
-      <c r="E9">
+      <c r="F14">
+        <v>14.65277777777778</v>
+      </c>
+      <c r="G14">
+        <v>18.25259515570935</v>
+      </c>
+      <c r="H14">
+        <v>1.429547824648769</v>
+      </c>
+      <c r="I14">
+        <v>18.56974141665699</v>
+      </c>
+      <c r="J14">
+        <v>14.65277777777778</v>
+      </c>
+      <c r="K14">
+        <v>205.2854166666666</v>
+      </c>
+      <c r="L14">
+        <v>1606.285416666667</v>
+      </c>
+      <c r="M14">
+        <v>18.98410493827161</v>
+      </c>
+      <c r="N14">
+        <v>14.73467261904762</v>
+      </c>
+      <c r="O14">
+        <v>10.77830459770115</v>
+      </c>
+      <c r="P14">
+        <v>7.085694444444446</v>
+      </c>
+      <c r="Q14">
+        <v>3.631317204301077</v>
+      </c>
+      <c r="R14">
+        <v>0.3928385416666735</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18">
+      <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15">
+        <v>320</v>
+      </c>
+      <c r="D15">
+        <v>124.7</v>
+      </c>
+      <c r="E15">
         <v>161.1</v>
       </c>
-      <c r="F9">
-[...27 lines deleted...]
-        <v>22.82776437263951</v>
+      <c r="F15">
+        <v>29.19005613472332</v>
+      </c>
+      <c r="G15">
+        <v>32.83881315156373</v>
+      </c>
+      <c r="H15">
+        <v>2.430130706395617</v>
+      </c>
+      <c r="I15">
+        <v>33.39290260054047</v>
+      </c>
+      <c r="J15">
+        <v>29.19005613472332</v>
+      </c>
+      <c r="K15">
+        <v>408.9526864474738</v>
+      </c>
+      <c r="L15">
+        <v>1809.952686447474</v>
+      </c>
+      <c r="M15">
+        <v>34.07056936647952</v>
+      </c>
+      <c r="N15">
+        <v>29.28233474624811</v>
+      </c>
+      <c r="O15">
+        <v>24.82432320327403</v>
+      </c>
+      <c r="P15">
+        <v>20.66351242983158</v>
+      </c>
+      <c r="Q15">
+        <v>16.77114106112734</v>
+      </c>
+      <c r="R15">
+        <v>13.1220429029671</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18">
+      <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16">
+        <v>425</v>
+      </c>
+      <c r="D16">
+        <v>113</v>
+      </c>
+      <c r="E16">
+        <v>157.34</v>
+      </c>
+      <c r="F16">
+        <v>39.23893805309735</v>
+      </c>
+      <c r="G16">
+        <v>33.2376887038001</v>
+      </c>
+      <c r="H16">
+        <v>2.364133440870408</v>
+      </c>
+      <c r="I16">
+        <v>32.3651851302154</v>
+      </c>
+      <c r="J16">
+        <v>39.23893805309735</v>
+      </c>
+      <c r="K16">
+        <v>549.7375221238938</v>
+      </c>
+      <c r="L16">
+        <v>1950.737522123894</v>
+      </c>
+      <c r="M16">
+        <v>44.49907571288101</v>
+      </c>
+      <c r="N16">
+        <v>39.33839443742097</v>
+      </c>
+      <c r="O16">
+        <v>34.53362221544094</v>
+      </c>
+      <c r="P16">
+        <v>30.04916814159293</v>
+      </c>
+      <c r="Q16">
+        <v>25.85403368541252</v>
+      </c>
+      <c r="R16">
+        <v>21.92109513274336</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18">
+      <c r="A17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17">
+        <v>456</v>
+      </c>
+      <c r="D17">
+        <v>106.15</v>
+      </c>
+      <c r="E17">
+        <v>151.56</v>
+      </c>
+      <c r="F17">
+        <v>42.7790861987753</v>
+      </c>
+      <c r="G17">
+        <v>33.77296278850682</v>
+      </c>
+      <c r="H17">
+        <v>2.370612678596218</v>
+      </c>
+      <c r="I17">
+        <v>32.46575834060626</v>
+      </c>
+      <c r="J17">
+        <v>42.7790861987753</v>
+      </c>
+      <c r="K17">
+        <v>599.3349976448421</v>
+      </c>
+      <c r="L17">
+        <v>2000.334997644842</v>
+      </c>
+      <c r="M17">
+        <v>48.1729627885068</v>
+      </c>
+      <c r="N17">
+        <v>42.88107126034586</v>
+      </c>
+      <c r="O17">
+        <v>37.95413776860978</v>
+      </c>
+      <c r="P17">
+        <v>33.35566650965613</v>
+      </c>
+      <c r="Q17">
+        <v>29.05387081579627</v>
+      </c>
+      <c r="R17">
+        <v>25.02093735280262</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18">
+      <c r="A18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18">
+        <v>516</v>
+      </c>
+      <c r="D18">
+        <v>108.65</v>
+      </c>
+      <c r="E18">
+        <v>156.04</v>
+      </c>
+      <c r="F18">
+        <v>43.61711919005982</v>
+      </c>
+      <c r="G18">
+        <v>30.43054827213475</v>
+      </c>
+      <c r="H18">
+        <v>2.126840417337461</v>
+      </c>
+      <c r="I18">
+        <v>28.72969842994726</v>
+      </c>
+      <c r="J18">
+        <v>43.61711919005982</v>
+      </c>
+      <c r="K18">
+        <v>611.075839852738</v>
+      </c>
+      <c r="L18">
+        <v>2012.075839852738</v>
+      </c>
+      <c r="M18">
+        <v>49.0426548039065</v>
+      </c>
+      <c r="N18">
+        <v>43.71970284662414</v>
+      </c>
+      <c r="O18">
+        <v>38.76385102432675</v>
+      </c>
+      <c r="P18">
+        <v>34.13838932351587</v>
+      </c>
+      <c r="Q18">
+        <v>29.81134450662826</v>
+      </c>
+      <c r="R18">
+        <v>25.75473999079612</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18">
+      <c r="A19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19">
+        <v>1551</v>
+      </c>
+      <c r="D19">
+        <v>120.25</v>
+      </c>
+      <c r="E19">
+        <v>232.75</v>
+      </c>
+      <c r="F19">
+        <v>93.55509355509355</v>
+      </c>
+      <c r="G19">
+        <v>21.71491533193661</v>
+      </c>
+      <c r="H19">
+        <v>1.285546992422981</v>
+      </c>
+      <c r="I19">
+        <v>16.56542035109021</v>
+      </c>
+      <c r="J19">
+        <v>93.55509355509352</v>
+      </c>
+      <c r="K19">
+        <v>1310.70686070686</v>
+      </c>
+      <c r="L19">
+        <v>2711.70686070686</v>
+      </c>
+      <c r="M19">
+        <v>100.8671748671748</v>
+      </c>
+      <c r="N19">
+        <v>93.69334719334719</v>
+      </c>
+      <c r="O19">
+        <v>87.01426625564554</v>
+      </c>
+      <c r="P19">
+        <v>80.78045738045738</v>
+      </c>
+      <c r="Q19">
+        <v>74.94882972302328</v>
+      </c>
+      <c r="R19">
+        <v>69.48167879417879</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>carry_trade</vt:lpstr>